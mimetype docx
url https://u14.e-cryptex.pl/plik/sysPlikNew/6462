--- v0 (2025-12-08)
+++ v1 (2026-03-16)
@@ -13912,102 +13912,276 @@
             </w:pPr>
             <w:r w:rsidRPr="00B00ADC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:color="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ustawa o samorządzie gminnym i pozostałe podane w zakresie materiału zał. do uchwały RIN Szczecin (legenda).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5073E93C" w14:textId="77777777" w:rsidR="00FE728A" w:rsidRPr="00B00ADC" w:rsidRDefault="00FE728A" w:rsidP="00102C32">
-[...14 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="18D2CB94" w14:textId="196C2334" w:rsidR="00DF6DAE" w:rsidRDefault="00DF6DAE" w:rsidP="00102C32">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>zamiast</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5073E93C" w14:textId="1209B0DD" w:rsidR="00FE728A" w:rsidRPr="00B00ADC" w:rsidRDefault="00FE728A" w:rsidP="00102C32">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B00ADC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:color="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Radca Prawny</w:t>
-[...17 lines deleted...]
-            </w:pPr>
+              <w:t>Radca</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B00ADC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:color="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve"> Prawny</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C74AEB0" w14:textId="77777777" w:rsidR="00FE728A" w:rsidRDefault="00FE728A" w:rsidP="00102C32">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B00ADC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>dr Zbigniew Olech</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C1BBF01" w14:textId="77777777" w:rsidR="00DF6DAE" w:rsidRDefault="00DF6DAE" w:rsidP="00102C32">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>będzie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F7B7D6D" w14:textId="77777777" w:rsidR="00DF6DAE" w:rsidRPr="00CF5E49" w:rsidRDefault="00DF6DAE" w:rsidP="00DF6DAE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman Bold"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF5E49">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Notariusz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F87BD4D" w14:textId="77777777" w:rsidR="00DF6DAE" w:rsidRPr="00CF5E49" w:rsidRDefault="00DF6DAE" w:rsidP="00DF6DAE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman Bold"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF5E49">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Przemysław Biernacki</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="557612CE" w14:textId="77777777" w:rsidR="00DF6DAE" w:rsidRPr="00CF5E49" w:rsidRDefault="00DF6DAE" w:rsidP="00DF6DAE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman Bold"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF5E49">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Notariusz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09C78568" w14:textId="2DBC4EE4" w:rsidR="00DF6DAE" w:rsidRPr="00B00ADC" w:rsidRDefault="00DF6DAE" w:rsidP="00DF6DAE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF5E49">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Grzegorz Mikołajczuk</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE728A" w:rsidRPr="00B725B1" w14:paraId="79DC3F3B" w14:textId="77777777" w:rsidTr="00102C32">
         <w:trPr>
           <w:trHeight w:val="974"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D45250F" w14:textId="7AD2D0CE" w:rsidR="00FE728A" w:rsidRPr="00B725B1" w:rsidRDefault="006F4E9A" w:rsidP="00102C32">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
@@ -14393,102 +14567,264 @@
             </w:pPr>
             <w:r w:rsidRPr="00B00ADC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:color="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ustawa o samorządzie gminnym i pozostałe podane w zakresie materiału zał. do uchwały RIN Szczecin (legenda).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B03D06A" w14:textId="77777777" w:rsidR="00FE728A" w:rsidRPr="00B00ADC" w:rsidRDefault="00FE728A" w:rsidP="00102C32">
+          <w:p w14:paraId="74F9BDFA" w14:textId="77777777" w:rsidR="00DF6DAE" w:rsidRDefault="00DF6DAE" w:rsidP="00DF6DAE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>zamiast</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BFA0340" w14:textId="77777777" w:rsidR="00DF6DAE" w:rsidRPr="00B00ADC" w:rsidRDefault="00DF6DAE" w:rsidP="00DF6DAE">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:color="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B00ADC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:color="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Radca Prawny</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C5F2A07" w14:textId="77777777" w:rsidR="00FE728A" w:rsidRPr="00B00ADC" w:rsidRDefault="00FE728A" w:rsidP="00102C32">
+          <w:p w14:paraId="315B8997" w14:textId="77777777" w:rsidR="00DF6DAE" w:rsidRDefault="00DF6DAE" w:rsidP="00DF6DAE">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:color="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B00ADC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:color="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>dr Zbigniew Olech</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FBA2971" w14:textId="77777777" w:rsidR="00DF6DAE" w:rsidRDefault="00DF6DAE" w:rsidP="00DF6DAE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>będzie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43D4A7BF" w14:textId="77777777" w:rsidR="00DF6DAE" w:rsidRPr="00CF5E49" w:rsidRDefault="00DF6DAE" w:rsidP="00DF6DAE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman Bold"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF5E49">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Notariusz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5034201B" w14:textId="77777777" w:rsidR="00DF6DAE" w:rsidRPr="00CF5E49" w:rsidRDefault="00DF6DAE" w:rsidP="00DF6DAE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman Bold"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF5E49">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Przemysław Biernacki</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AC07DDA" w14:textId="77777777" w:rsidR="00DF6DAE" w:rsidRPr="00CF5E49" w:rsidRDefault="00DF6DAE" w:rsidP="00DF6DAE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman Bold"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF5E49">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Notariusz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C5F2A07" w14:textId="45A9106D" w:rsidR="00FE728A" w:rsidRPr="00B00ADC" w:rsidRDefault="00DF6DAE" w:rsidP="00DF6DAE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF5E49">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:color="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Grzegorz Mikołajczuk</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="15"/>
       <w:tr w:rsidR="00B00ADC" w:rsidRPr="00B725B1" w14:paraId="47E8168F" w14:textId="77777777" w:rsidTr="00102C32">
         <w:trPr>
           <w:trHeight w:val="974"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1172C1D5" w14:textId="71819907" w:rsidR="00B00ADC" w:rsidRPr="00B725B1" w:rsidRDefault="00B00ADC" w:rsidP="00B00ADC">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
@@ -35823,71 +36159,71 @@
     </w:p>
     <w:p w14:paraId="6AACC746" w14:textId="77777777" w:rsidR="00997A4A" w:rsidRPr="00D77623" w:rsidRDefault="00997A4A" w:rsidP="00FE728A">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00997A4A" w:rsidRPr="00D77623" w:rsidSect="00C4719C">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53976804" w14:textId="77777777" w:rsidR="0064162A" w:rsidRDefault="0064162A" w:rsidP="00406315">
+    <w:p w14:paraId="6B1797E6" w14:textId="77777777" w:rsidR="000C2080" w:rsidRDefault="000C2080" w:rsidP="00406315">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F53C250" w14:textId="77777777" w:rsidR="0064162A" w:rsidRDefault="0064162A" w:rsidP="00406315">
+    <w:p w14:paraId="2CD3F3AD" w14:textId="77777777" w:rsidR="000C2080" w:rsidRDefault="000C2080" w:rsidP="00406315">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -35938,58 +36274,58 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72460008" w14:textId="77777777" w:rsidR="0064162A" w:rsidRDefault="0064162A" w:rsidP="00406315">
+    <w:p w14:paraId="14F1CA77" w14:textId="77777777" w:rsidR="000C2080" w:rsidRDefault="000C2080" w:rsidP="00406315">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70FB33EA" w14:textId="77777777" w:rsidR="0064162A" w:rsidRDefault="0064162A" w:rsidP="00406315">
+    <w:p w14:paraId="26749E6C" w14:textId="77777777" w:rsidR="000C2080" w:rsidRDefault="000C2080" w:rsidP="00406315">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1700596032"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="19AE2246" w14:textId="79F0F7C6" w:rsidR="00FE728A" w:rsidRPr="00406315" w:rsidRDefault="00FE728A">
@@ -40012,55 +40348,57 @@
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00804A0E"/>
     <w:rsid w:val="00020D4A"/>
     <w:rsid w:val="00025BCB"/>
     <w:rsid w:val="000269B2"/>
     <w:rsid w:val="0003241D"/>
     <w:rsid w:val="00036907"/>
     <w:rsid w:val="000401C6"/>
     <w:rsid w:val="00040509"/>
     <w:rsid w:val="000437BE"/>
     <w:rsid w:val="00043A0C"/>
     <w:rsid w:val="0005087E"/>
     <w:rsid w:val="00061D71"/>
     <w:rsid w:val="00084992"/>
     <w:rsid w:val="00086319"/>
     <w:rsid w:val="00095BB2"/>
     <w:rsid w:val="000A0D94"/>
+    <w:rsid w:val="000C2080"/>
     <w:rsid w:val="000C2E34"/>
     <w:rsid w:val="000D1FD6"/>
     <w:rsid w:val="000D69B6"/>
     <w:rsid w:val="000E2B71"/>
     <w:rsid w:val="000F310F"/>
+    <w:rsid w:val="000F77F9"/>
     <w:rsid w:val="00102549"/>
     <w:rsid w:val="001140BA"/>
     <w:rsid w:val="00114961"/>
     <w:rsid w:val="00120F43"/>
     <w:rsid w:val="00124A19"/>
     <w:rsid w:val="00144216"/>
     <w:rsid w:val="001831A8"/>
     <w:rsid w:val="00190BBB"/>
     <w:rsid w:val="00191213"/>
     <w:rsid w:val="001A4035"/>
     <w:rsid w:val="001B3FA0"/>
     <w:rsid w:val="001B3FAF"/>
     <w:rsid w:val="001C1E57"/>
     <w:rsid w:val="001D122A"/>
     <w:rsid w:val="001D2E53"/>
     <w:rsid w:val="001D6E8B"/>
     <w:rsid w:val="001F4209"/>
     <w:rsid w:val="001F465B"/>
     <w:rsid w:val="00200E4A"/>
     <w:rsid w:val="00205648"/>
     <w:rsid w:val="00213A9F"/>
     <w:rsid w:val="00217829"/>
     <w:rsid w:val="002463AE"/>
     <w:rsid w:val="00261044"/>
     <w:rsid w:val="002B4369"/>
@@ -40204,50 +40542,51 @@
     <w:rsid w:val="00C23B9D"/>
     <w:rsid w:val="00C34355"/>
     <w:rsid w:val="00C4719C"/>
     <w:rsid w:val="00C72619"/>
     <w:rsid w:val="00C841B5"/>
     <w:rsid w:val="00C878F0"/>
     <w:rsid w:val="00C97F05"/>
     <w:rsid w:val="00CA1167"/>
     <w:rsid w:val="00CD7008"/>
     <w:rsid w:val="00CE5764"/>
     <w:rsid w:val="00CF5E49"/>
     <w:rsid w:val="00D04780"/>
     <w:rsid w:val="00D201B8"/>
     <w:rsid w:val="00D25406"/>
     <w:rsid w:val="00D264C3"/>
     <w:rsid w:val="00D272E0"/>
     <w:rsid w:val="00D27618"/>
     <w:rsid w:val="00D36F2A"/>
     <w:rsid w:val="00D730B9"/>
     <w:rsid w:val="00D73D83"/>
     <w:rsid w:val="00D7714B"/>
     <w:rsid w:val="00D77623"/>
     <w:rsid w:val="00D82235"/>
     <w:rsid w:val="00DC04BD"/>
     <w:rsid w:val="00DE3129"/>
+    <w:rsid w:val="00DF6DAE"/>
     <w:rsid w:val="00E10DC2"/>
     <w:rsid w:val="00E24B64"/>
     <w:rsid w:val="00E401BA"/>
     <w:rsid w:val="00E524D5"/>
     <w:rsid w:val="00E578A5"/>
     <w:rsid w:val="00E674D7"/>
     <w:rsid w:val="00E81696"/>
     <w:rsid w:val="00EA5A12"/>
     <w:rsid w:val="00EC0E40"/>
     <w:rsid w:val="00EC4257"/>
     <w:rsid w:val="00EC4570"/>
     <w:rsid w:val="00ED64AC"/>
     <w:rsid w:val="00EF4520"/>
     <w:rsid w:val="00F01CE5"/>
     <w:rsid w:val="00F36A05"/>
     <w:rsid w:val="00F457E7"/>
     <w:rsid w:val="00F53491"/>
     <w:rsid w:val="00F67579"/>
     <w:rsid w:val="00F724DC"/>
     <w:rsid w:val="00FA5AE7"/>
     <w:rsid w:val="00FB56BD"/>
     <w:rsid w:val="00FD71CE"/>
     <w:rsid w:val="00FE0867"/>
     <w:rsid w:val="00FE3447"/>
     <w:rsid w:val="00FE5455"/>
@@ -40661,51 +41000,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0083677C"/>
+    <w:rsid w:val="00DF6DAE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="714" w:hanging="357"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00543226"/>
     <w:pPr>
@@ -41754,70 +42093,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5430EBE8-0944-4EB6-BD37-FA7122DE9EBA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>3770</Words>
-  <Characters>22625</Characters>
+  <Words>3792</Words>
+  <Characters>22757</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>188</Lines>
+  <Lines>189</Lines>
   <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26343</CharactersWithSpaces>
+  <CharactersWithSpaces>26497</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Użytkownik</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>